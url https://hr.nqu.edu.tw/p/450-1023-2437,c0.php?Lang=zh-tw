--- v0 (2025-10-29)
+++ v1 (2026-03-22)
@@ -63,131 +63,123 @@
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1097280" cy="1404620"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525">
                           <a:noFill/>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="50D1866E" w14:textId="2CEB1B99" w:rsidR="00D3689E" w:rsidRPr="00D3689E" w:rsidRDefault="00D3689E">
+                          <w:p w14:paraId="50D1866E" w14:textId="53E6D38E" w:rsidR="00D3689E" w:rsidRPr="00D3689E" w:rsidRDefault="00D3689E">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D3689E">
                               <w:rPr>
                                 <w:sz w:val="20"/>
                               </w:rPr>
-                              <w:t>11</w:t>
+                              <w:t>1</w:t>
                             </w:r>
-                            <w:r w:rsidR="00C737C2">
+                            <w:r w:rsidR="00CC2CCC">
                               <w:rPr>
                                 <w:sz w:val="20"/>
                               </w:rPr>
-                              <w:t>1</w:t>
+                              <w:t>141125</w:t>
                             </w:r>
-                            <w:r w:rsidR="001C22A8">
-[...4 lines deleted...]
-                            </w:r>
+                            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+                            <w:bookmarkEnd w:id="0"/>
                             <w:r w:rsidRPr="00D3689E">
                               <w:rPr>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>更新</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>20000</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="3B41C270" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="文字方塊 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:421.5pt;margin-top:25.45pt;width:86.4pt;height:110.6pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDFBBCpJAIAAPkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU0tu2zAQ3RfoHQjua31gx7ZgOUiTuiiQ&#10;foC0B6ApyiIqcliStuReoEAOkK57gB6gB0rO0SHlOEa7K6oFQWo4b+a9eVyc96olO2GdBF3SbJRS&#10;IjSHSupNST99XL2YUeI80xVrQYuS7oWj58vnzxadKUQODbSVsARBtCs6U9LGe1MkieONUMyNwAiN&#10;wRqsYh6PdpNUlnWIrtokT9OzpANbGQtcOId/r4YgXUb8uhbcv69rJzxpS4q9+bjauK7DmiwXrNhY&#10;ZhrJD22wf+hCMamx6BHqinlGtlb+BaUkt+Cg9iMOKoG6llxEDsgmS/9gc9MwIyIXFMeZo0zu/8Hy&#10;d7sPlsiqpHk2pUQzhUN6uPt2//P7w92v+x+3JA8adcYVePXG4GXfv4QeZx35OnMN/LMjGi4bpjfi&#10;wlroGsEq7DELmclJ6oDjAsi6ewsVlmJbDxGor60KAqIkBNFxVvvjfETvCQ8l0/k0n2GIYywbp+Oz&#10;PE4wYcVjurHOvxagSNiU1KIBIjzbXTsf2mHF45VQTcNKtm00QatJV9L5JJ/EhJOIkh492kpV0lka&#10;vsE1geUrXcVkz2Q77LFAqw+0A9OBs+/XPV4MWqyh2qMAFgYv4tvBTQP2KyUd+rCk7suWWUFJ+0aj&#10;iPNsPA7GjYfxZIqMiT2NrE8jTHOEKqmnZNhe+mj2wNWZCxR7JaMMT50cekV/RXUObyEY+PQcbz29&#10;2OVvAAAA//8DAFBLAwQUAAYACAAAACEA36DVOt8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;y07DMBBF90j8gzVI7KidQGkJmVQVasuyUCLWbjwkEfFDtpuGv8ddwXI0V/eeU64mPbCRfOitQchm&#10;AhiZxqretAj1x/ZuCSxEaZQcrCGEHwqwqq6vSlkoezbvNB5iy1KJCYVE6GJ0Beeh6UjLMLOOTPp9&#10;Wa9lTKdvufLynMr1wHMhHrmWvUkLnXT00lHzfThpBBfdbvHq92/rzXYU9eeuzvt2g3h7M62fgUWa&#10;4l8YLvgJHarEdLQnowIbEJYP98klIszFE7BLQGTzJHNEyBd5Brwq+X+H6hcAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQDFBBCpJAIAAPkDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQDfoNU63wAAAAsBAAAPAAAAAAAAAAAAAAAAAH4EAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAigUAAAAA&#10;" filled="f" stroked="f">
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
-                    <w:p w14:paraId="50D1866E" w14:textId="2CEB1B99" w:rsidR="00D3689E" w:rsidRPr="00D3689E" w:rsidRDefault="00D3689E">
+                    <w:p w14:paraId="50D1866E" w14:textId="53E6D38E" w:rsidR="00D3689E" w:rsidRPr="00D3689E" w:rsidRDefault="00D3689E">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D3689E">
                         <w:rPr>
                           <w:sz w:val="20"/>
                         </w:rPr>
-                        <w:t>11</w:t>
+                        <w:t>1</w:t>
                       </w:r>
-                      <w:r w:rsidR="00C737C2">
+                      <w:r w:rsidR="00CC2CCC">
                         <w:rPr>
                           <w:sz w:val="20"/>
                         </w:rPr>
-                        <w:t>1</w:t>
+                        <w:t>141125</w:t>
                       </w:r>
-                      <w:r w:rsidR="001C22A8">
-[...4 lines deleted...]
-                      </w:r>
+                      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+                      <w:bookmarkEnd w:id="1"/>
                       <w:r w:rsidRPr="00D3689E">
                         <w:rPr>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>更新</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="002421AF" w:rsidRPr="0017233E">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>國立金門</w:t>
       </w:r>
       <w:r w:rsidR="00B264D2" w:rsidRPr="0017233E">
         <w:rPr>
@@ -1044,98 +1036,134 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>。</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="584C74F1" w14:textId="35824527" w:rsidR="004F1D67" w:rsidRDefault="00585021" w:rsidP="00423972">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:ind w:left="480" w:hangingChars="200" w:hanging="480"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>五、</w:t>
             </w:r>
             <w:r w:rsidR="004F1D67">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>代表著作、相關著作目錄及摘要，及教學、研究、服務等相關經歷資料。</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="61A3CB8C" w14:textId="247E08C3" w:rsidR="00585021" w:rsidRPr="00AB37E0" w:rsidRDefault="008C582F" w:rsidP="00423972">
+          <w:p w14:paraId="61A3CB8C" w14:textId="7090DAE0" w:rsidR="00585021" w:rsidRPr="00AB37E0" w:rsidRDefault="008C582F" w:rsidP="00423972">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:ind w:left="480" w:hangingChars="200" w:hanging="480"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>六</w:t>
             </w:r>
             <w:r w:rsidR="00585021">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>、請</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00585021">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>務必於</w:t>
             </w:r>
             <w:r w:rsidR="00585021" w:rsidRPr="00585021">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>切結</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="00585021" w:rsidRPr="00585021">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>書</w:t>
             </w:r>
-            <w:r w:rsidR="00585021">
+            <w:r w:rsidR="001B7A48">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>、</w:t>
+            </w:r>
+            <w:r w:rsidR="00585021" w:rsidRPr="00585021">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>蒐集個人資料告知事項暨個人資料提供同意書</w:t>
+            </w:r>
+            <w:r w:rsidR="001B7A48">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>及</w:t>
             </w:r>
-            <w:r w:rsidR="00585021" w:rsidRPr="00585021">
-[...3 lines deleted...]
-              <w:t>蒐集個人資料告知事項暨個人資料提供同意書</w:t>
+            <w:r w:rsidR="001B7A48" w:rsidRPr="001B7A48">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>擬任</w:t>
+            </w:r>
+            <w:r w:rsidR="001B7A48" w:rsidRPr="001B7A48">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="001B7A48" w:rsidRPr="001B7A48">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>現職</w:t>
+            </w:r>
+            <w:r w:rsidR="001B7A48" w:rsidRPr="001B7A48">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="001B7A48" w:rsidRPr="001B7A48">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>人員在中國大陸設有戶籍、領用中國大陸護照、身分證、定居證或居住證情形具結書</w:t>
             </w:r>
             <w:r w:rsidR="00585021">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>上簽名並檢附正本。</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="082F2343" w14:textId="77777777" w:rsidR="004F1D67" w:rsidRDefault="004F1D67" w:rsidP="00423972">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:ind w:left="480" w:hangingChars="200" w:hanging="480"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>附註：</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="13686F6C" w14:textId="77777777" w:rsidR="004F1D67" w:rsidRDefault="004F1D67" w:rsidP="00423972">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:ind w:left="480" w:hangingChars="200" w:hanging="480"/>
             </w:pPr>
@@ -1953,102 +1981,104 @@
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>達</w:t>
             </w:r>
             <w:r w:rsidR="008F7DDF">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="008F7DDF" w:rsidRPr="00177578">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>口</w:t>
             </w:r>
             <w:r w:rsidR="008F7DDF" w:rsidRPr="008F7DDF">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
-              <w:t>以郵戳為憑</w:t>
+              <w:t>以郵</w:t>
+            </w:r>
+            <w:r w:rsidR="008F7DDF" w:rsidRPr="008F7DDF">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>戳為憑</w:t>
             </w:r>
             <w:r w:rsidR="008F7DDF">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="008F7DDF" w:rsidRPr="008F7DDF">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>至</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>金門縣金寧鄉大學路</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>號</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
-              <w:t>國立金門大學人事室收；</w:t>
-[...6 lines deleted...]
-              <w:t>自行送件者請先至</w:t>
+              <w:t>國立金門大學人事室收；自行送件者請先至</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>收發室蓋收信</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>章</w:t>
             </w:r>
             <w:r w:rsidRPr="008E05EB">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>。</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3CFF31C2" w14:textId="77777777" w:rsidR="004F1D67" w:rsidRDefault="00676F72" w:rsidP="00423972">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
@@ -2655,51 +2685,51 @@
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>週</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00E357B0">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D53B2E4" w14:textId="77777777" w:rsidR="004805FF" w:rsidRPr="004805FF" w:rsidRDefault="004805FF" w:rsidP="00F734A0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:ind w:left="480" w:rightChars="2952" w:right="7085" w:hangingChars="200" w:hanging="480"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2CCD2C95" w14:textId="11652DB1" w:rsidR="00F55067" w:rsidRDefault="00576500" w:rsidP="00F55067">
+    <w:p w14:paraId="2CCD2C95" w14:textId="733A9133" w:rsidR="00F55067" w:rsidRDefault="00576500" w:rsidP="00F55067">
       <w:pPr>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E357B0">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>系級主管</w:t>
       </w:r>
       <w:r w:rsidRPr="00E357B0">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="FF0000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">           </w:t>
       </w:r>
       <w:r w:rsidR="006732F7" w:rsidRPr="00E357B0">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="FF0000"/>
@@ -2727,80 +2757,115 @@
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">            </w:t>
       </w:r>
       <w:r w:rsidR="00F55067" w:rsidRPr="00F55067">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006732F7" w:rsidRPr="00E357B0">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>人事室</w:t>
       </w:r>
       <w:r w:rsidR="006732F7" w:rsidRPr="00E357B0">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="FF0000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
+      <w:r w:rsidR="001B7A48">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00AB1B34" w:rsidRPr="00E357B0">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="FF0000"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">       </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F55067" w:rsidRPr="00F55067">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001B7A48">
         <w:rPr>
           <w:color w:val="FF0000"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...8 lines deleted...]
-      <w:r w:rsidR="00AB1B34" w:rsidRPr="00F55067">
+      <w:r w:rsidR="00AB1B34" w:rsidRPr="00E357B0">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="FF0000"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">          </w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00F55067" w:rsidRPr="00F55067">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB633B" w:rsidRPr="00F55067">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>秘書室</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB1B34" w:rsidRPr="00F55067">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="FF0000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="001B7A48">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB1B34" w:rsidRPr="00F55067">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="FF0000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidR="00F55067" w:rsidRPr="00F55067">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26A8C9E5" w14:textId="77777777" w:rsidR="00F55067" w:rsidRDefault="00F55067" w:rsidP="00F55067">
       <w:pPr>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4905CBDE" w14:textId="56341224" w:rsidR="002421AF" w:rsidRPr="00F55067" w:rsidRDefault="00F55067" w:rsidP="00F55067">
       <w:pPr>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F55067">
         <w:rPr>
@@ -2816,58 +2881,58 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F55067">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">                </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="002421AF" w:rsidRPr="00F55067" w:rsidSect="00423972">
       <w:footerReference w:type="default" r:id="rId6"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="907" w:right="1134" w:bottom="1134" w:left="1134" w:header="567" w:footer="510" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="787D106E" w14:textId="77777777" w:rsidR="008228AB" w:rsidRDefault="008228AB">
+    <w:p w14:paraId="0C25C528" w14:textId="77777777" w:rsidR="007E2206" w:rsidRDefault="007E2206">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="34A2D409" w14:textId="77777777" w:rsidR="008228AB" w:rsidRDefault="008228AB">
+    <w:p w14:paraId="1EB42175" w14:textId="77777777" w:rsidR="007E2206" w:rsidRDefault="007E2206">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="新細明體">
     <w:altName w:val="PMingLiU"/>
     <w:panose1 w:val="02020500000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
@@ -2908,58 +2973,58 @@
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w14:paraId="05B2C50F" w14:textId="11A49218" w:rsidR="008347D4" w:rsidRDefault="008347D4" w:rsidP="00125D81">
     <w:pPr>
       <w:pStyle w:val="a5"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a6"/>
         <w:rFonts w:hint="eastAsia"/>
       </w:rPr>
       <w:t>國立金門大學人事室</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="748EE0DE" w14:textId="77777777" w:rsidR="008228AB" w:rsidRDefault="008228AB">
+    <w:p w14:paraId="080DC70A" w14:textId="77777777" w:rsidR="007E2206" w:rsidRDefault="007E2206">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="75915452" w14:textId="77777777" w:rsidR="008228AB" w:rsidRDefault="008228AB">
+    <w:p w14:paraId="00ECBC57" w14:textId="77777777" w:rsidR="007E2206" w:rsidRDefault="007E2206">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="480"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
@@ -2983,117 +3048,121 @@
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002421AF"/>
     <w:rsid w:val="00002FC5"/>
     <w:rsid w:val="00003F4B"/>
     <w:rsid w:val="00032D9F"/>
     <w:rsid w:val="000535F9"/>
     <w:rsid w:val="00060DDE"/>
     <w:rsid w:val="00076DD1"/>
     <w:rsid w:val="00087775"/>
     <w:rsid w:val="000C3C2C"/>
     <w:rsid w:val="000D5A26"/>
     <w:rsid w:val="000E15ED"/>
     <w:rsid w:val="000F0B8D"/>
     <w:rsid w:val="00113A63"/>
     <w:rsid w:val="00125D81"/>
     <w:rsid w:val="00160815"/>
     <w:rsid w:val="0017233E"/>
     <w:rsid w:val="00177578"/>
     <w:rsid w:val="001A2F51"/>
     <w:rsid w:val="001B035D"/>
     <w:rsid w:val="001B4B49"/>
+    <w:rsid w:val="001B7A48"/>
     <w:rsid w:val="001C22A8"/>
     <w:rsid w:val="001C35B6"/>
     <w:rsid w:val="002421AF"/>
     <w:rsid w:val="0025490C"/>
     <w:rsid w:val="002A218E"/>
     <w:rsid w:val="002A650E"/>
     <w:rsid w:val="002D055E"/>
     <w:rsid w:val="00325011"/>
     <w:rsid w:val="00330611"/>
     <w:rsid w:val="00423972"/>
     <w:rsid w:val="004709A4"/>
     <w:rsid w:val="004805FF"/>
     <w:rsid w:val="004A7580"/>
     <w:rsid w:val="004F1D67"/>
     <w:rsid w:val="00545160"/>
     <w:rsid w:val="00576500"/>
     <w:rsid w:val="005802B6"/>
     <w:rsid w:val="00585021"/>
     <w:rsid w:val="005A4889"/>
     <w:rsid w:val="005C5E58"/>
     <w:rsid w:val="005D1C9D"/>
     <w:rsid w:val="00653FDA"/>
     <w:rsid w:val="006732F7"/>
     <w:rsid w:val="00676F72"/>
     <w:rsid w:val="006A05E1"/>
     <w:rsid w:val="006D2816"/>
     <w:rsid w:val="006E0AC1"/>
     <w:rsid w:val="00744E75"/>
     <w:rsid w:val="00782F8A"/>
     <w:rsid w:val="007C7EEC"/>
     <w:rsid w:val="007D4EDD"/>
     <w:rsid w:val="007D5863"/>
+    <w:rsid w:val="007E2206"/>
     <w:rsid w:val="007F0FC8"/>
     <w:rsid w:val="008228AB"/>
     <w:rsid w:val="008347D4"/>
     <w:rsid w:val="008C0A85"/>
     <w:rsid w:val="008C582F"/>
     <w:rsid w:val="008E7468"/>
     <w:rsid w:val="008F7DDF"/>
     <w:rsid w:val="00911FDD"/>
+    <w:rsid w:val="009222EC"/>
     <w:rsid w:val="00945E65"/>
     <w:rsid w:val="0098033A"/>
     <w:rsid w:val="009A4BC5"/>
     <w:rsid w:val="009A73CF"/>
     <w:rsid w:val="00A20B4D"/>
     <w:rsid w:val="00A33A48"/>
     <w:rsid w:val="00A60EA7"/>
     <w:rsid w:val="00A661AE"/>
     <w:rsid w:val="00A86BEA"/>
     <w:rsid w:val="00A872CE"/>
     <w:rsid w:val="00A94E64"/>
     <w:rsid w:val="00AB1B34"/>
     <w:rsid w:val="00AB37E0"/>
     <w:rsid w:val="00B0649C"/>
     <w:rsid w:val="00B11A02"/>
     <w:rsid w:val="00B264D2"/>
     <w:rsid w:val="00B52AB3"/>
     <w:rsid w:val="00BD1E60"/>
     <w:rsid w:val="00BE3DD5"/>
     <w:rsid w:val="00C07168"/>
     <w:rsid w:val="00C33B42"/>
     <w:rsid w:val="00C677DD"/>
     <w:rsid w:val="00C737C2"/>
     <w:rsid w:val="00C774D3"/>
     <w:rsid w:val="00C85926"/>
     <w:rsid w:val="00CA0F34"/>
     <w:rsid w:val="00CB633B"/>
+    <w:rsid w:val="00CC2CCC"/>
     <w:rsid w:val="00CD35E3"/>
     <w:rsid w:val="00D2333D"/>
     <w:rsid w:val="00D32375"/>
     <w:rsid w:val="00D3689E"/>
     <w:rsid w:val="00D61800"/>
     <w:rsid w:val="00D654E0"/>
     <w:rsid w:val="00D86A06"/>
     <w:rsid w:val="00DB0812"/>
     <w:rsid w:val="00DB0BE2"/>
     <w:rsid w:val="00E00998"/>
     <w:rsid w:val="00E357B0"/>
     <w:rsid w:val="00F06A5B"/>
     <w:rsid w:val="00F206DF"/>
     <w:rsid w:val="00F3464D"/>
     <w:rsid w:val="00F55067"/>
     <w:rsid w:val="00F573EF"/>
     <w:rsid w:val="00F734A0"/>
     <w:rsid w:val="00FC23AF"/>
     <w:rsid w:val="00FE59A4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
@@ -3128,94 +3197,97 @@
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -3856,56 +3928,56 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1015</Characters>
+  <Pages>2</Pages>
+  <Words>185</Words>
+  <Characters>1055</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>8</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>CMT</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1191</CharactersWithSpaces>
+  <CharactersWithSpaces>1238</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>國立金門大學新聘教師資格條件一覽表</dc:title>
   <dc:subject/>
   <dc:creator>人事室</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>